--- v0 (2025-11-22)
+++ v1 (2026-01-07)
@@ -1165,51 +1165,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>LEGAL DISCLAIMER</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>This document is provided as a template for legal reference purposes only. It is not a substitute for the advice of an attorney and should not be relied upon as such. This template is intended to provide general information about legal matters to professionals and users. The legal issues affecting your situation may be complex and require specific legal advice. Laws vary from state to state and federal laws may also apply. Laws can change over time and may have been updated since this template was created. Users should consult with a qualified attorney licensed in their jurisdiction before using this template for any specific situation.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>© 2025 LeaseCraft.net - All Rights Reserved</w:t>
+        <w:t>© 2026 LeaseCraft.net - All Rights Reserved</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>